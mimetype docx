--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -912,51 +912,51 @@
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 酒店早餐后，乘车前往【伊朗小镇】，感受阿拉伯特色的古建筑群，于AL SEEF 打卡最美星巴克~（参观时间：约20分钟）；
                 <w:br/>
                 前往外观迪拜新地标“金相框”——迪拜之框，这座造型别致的地标建筑位于Zabeel公园，高150米、长93米全身镀金！设计极具创意，在“相框”高处有一架玻璃桥，在这里，你可分别看到迪拜现代地标和老城区的风光；
                 <w:br/>
                 外观迪拜博物馆；游览【茱美拉清真寺】（外观），【酋长皇宫】（车游）；
                 <w:br/>
                 前往DUBAI CREEK乘坐阿拉伯特色水上Taxi（乘坐时间：约5分钟），欣赏迪拜金色海湾美丽风景；
                 <w:br/>
                 前往黄金街与香料市场（约1小时）；
                 <w:br/>
-                前往【帆船酒店】（入内参观并享用（阿拉伯咖啡及椰枣）（约90分钟）），由专职管家带领，搭乘电梯，前往豪华的皇室套房进行参观，近距离领略帆船酒店的魅力。
+                前往Jumeirah海滩，外观帆船酒店；
                 <w:br/>
                 前往紧邻帆船酒店的【 Jumeirah运河古镇】，欣赏着身边阿拉伯城堡的大气庄严，遥望远处帆船酒店的摩登亮丽，显得别有风情！
                 <w:br/>
                 晚上特别安排夜海游船，一边欣赏阿拉伯歌曲，一边欣赏两岸美景。
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
                 景点：帆船酒店
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
@@ -2863,51 +2863,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-18</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>