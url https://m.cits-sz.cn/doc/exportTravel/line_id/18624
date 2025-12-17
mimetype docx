--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -15,51 +15,51 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">秋季【首进济回】首尔济州岛·汉江公园·森林小火车 涂鸦秀·夜市美食·无自费五天团行程单</w:t>
+        <w:t xml:space="preserve">冬季【首进济回】首尔济州岛·汉江公园·森林小火车 涂鸦秀·夜市美食·无自费五天团行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">深圳往返</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -2055,51 +2055,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>