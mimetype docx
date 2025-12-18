--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -599,51 +599,51 @@
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">住宿</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">曼谷市集酒店</w:t>
+              <w:t xml:space="preserve">曼谷双子塔酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10500" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -699,52 +699,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 酒店早餐后，乘车前往游览象征曼谷王朝辉煌昌盛之【泰国大皇宫】它是曼谷保存完美、壮观、规模宏大、别具民族特色的王宫，汇集了泰国建筑、绘画、雕刻和园林艺术的精粹；后参观供奉国宝“翡翠玉佛”的【玉佛寺】，它以尖顶装饰、建筑装饰、回廊壁画三大特色名扬天下。
                 <w:br/>
                 后前往【曼谷爱侣湾四面佛】位于泰国曼谷的四面佛以灵验著称，所以这里的香火非常旺盛，深受明星的追捧。因为地处Central World等大型商场附近，因此这里也成为了曼谷知名的旅游观光胜地。在泰国及东南亚，四面佛被认为是非常仁慈的神祗。曼谷四面佛位于伊拉旺神祠中，供奉的神像高约4米，前后左右有四副面孔，分别代表慈、悲、喜、舍四种梵心。结束后乘车前往芭提雅享用晚餐后送回酒店休息。
                 <w:br/>
                 随后前往享受【泰式古法按摩】（小费约 50铢/人/自理；18 岁以下小孩，因体骼成长未健全，不含，费用不退)。用于治疗身心使其回归平衡状态，手法正宗细腻，环境优雅舒适，服务一流，血液循环一解您旅途的疲劳。
                 <w:br/>
                 前往【曼谷 ICON SIAM】，泰国曼谷心脏——湄南河边上独一一座高级商场，由 SIAM PIWAT 集团、CP 正大集团、 MQDC 集团联合打造，倾资五百四十亿泰铢，占地面积八万八千平方米。曼谷ICONSIAM 河岸综合购物商场亮点缀缀，这里有东南亚醉长的音乐喷池，泰国室内的威尼斯水上集市，还有滨河公园长廊，湄南河岸风景。除此以外还有空中花园与高空酒吧，豪华的特调鸡尾酒等待各地的饕客前来品鉴。暹罗水晶宫ICONSIAM在各个方面都达到了完美的平衡，从艺术、表演、生活方式、美食、旅游、奢侈品牌到街头品牌，同时也传达了泰国文化的精髓。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1.泰国大皇宫对服装方面要求较严格，不能穿无袖上衣、短裤。参观皇家景点请保持安静； 
                 <w:br/>
                 2.泰国大皇宫为皇家景点，如因特殊原因关闭，将优先调整行程顺序，如调整行程顺序亦无法参观，将替换其它景点；
                 <w:br/>
                 3.年龄未满 18 岁或超过 65 岁的团友由于体质问题不适合参加泰式按摩活动（此项目为赠送项目，费用恕不退还），可以选择在按摩中心休息，另若放弃古法按摩，则不能将该项服务转让他人或要求退款；
                 <w:br/>
-                4.Supanniga 餐厅，如遇餐厅爆满或等候时间长久，则改其他家同等级别餐厅。
-                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">用餐</w:t>
             </w:r>
@@ -785,51 +783,51 @@
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">住宿</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">曼谷市集酒店</w:t>
+              <w:t xml:space="preserve">曼谷双子塔酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10500" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -851,118 +849,118 @@
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程详情</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第3天 曼谷-芭提雅：暹罗古城/骑大象/热带水果豪华大餐/清迈小镇
+                第3天 曼谷-芭提雅：暹罗古城/热带水果豪华餐/芭提雅网红商城 TERMINAL 21
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 酒店早餐后，酒店早餐后，乘车前往【暹罗古城】“千年暹罗，古城一日”。泰国九世皇御授文化遗产，泰国九世皇携同英国伊丽莎白女皇御驾亲临主持开幕大典。汇集经典网红、影视基地、佛教圣地、历史古迹、民俗文化、水上市集于一身。历经半个多世纪耗资数百亿雕琢的文化瑰宝、永不竣工的泰国奇观。
                 <w:br/>
-                后乘车往度假胜地——芭提雅（车程约 2 小时）。接着驱车前往具 有“东方夏威夷”之称的芭提雅 ，真正的泰国旅游文化体验，体验独特的文化氛围和地道的生活方式。这里还能和可爱的大象近距离接触，体验来到泰国必不可少的【骑大象】（两人一骑，请提前准备20铢/人的小费）。还能吃到泰国当季的【热带水果豪华大餐】，畅食不同种类的时令水果。还能游览【清迈小镇】涉及娱乐景观及本土历史文化：鳄鱼、泰国少数民族部落、民俗表演、泰国民俗婚约仪式、泰国田园风情、泼水园体验当地的泼水活动等自然观景风情小镇。
-[...3 lines deleted...]
-                1、骑大象坐马车时请遵循工作人员的指导，上下大象和骑象过程中请注意安全。
+                后乘车往度假胜地——芭提雅（车程约 2 小时）。
+                <w:br/>
+                前往【热带水果豪华餐】品尝各种时令水果（芒果、菠萝、木瓜、蛇皮果等），让各位一饱口福。
+                <w:br/>
+                前往【芭提雅网红商城 TERMINAL 21】，Terminal 21 在芭提雅实现了环游世界的梦想，它的超前理念将七座世界著名的城市放在了一个屋顶下。您可以逛逛东京的各色商店，漫步在伦敦的卡纳比街，在文艺复兴时期的意大利街头购买打折商品，或在旧金山的渔人码头买点吃的，填饱饥肠辘辘的肚子。Terminal 21 共 6 有个主题楼层，不同的地域特色，带来不同的购物体验，让置身其中的人瞬间开启一场超浓度精华的六国漫游记。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">用餐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：暹罗古城景区配套餐     晚餐：市隆海鲜餐厅   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：暹罗古城景区配套餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">住宿</w:t>
             </w:r>
           </w:p>
@@ -1217,72 +1215,72 @@
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程详情</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第5天 芭提雅-曼谷：东芭乐园/King Power Duty Free/昭披耶公主号夜游湄南河
+                第5天 芭提雅-曼谷：杜拉拉水上市场/King Power Duty Free/昭披耶公主号游湄南河
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店早餐后，乘车前往【东芭乐园】距离南芭达雅十五公里，占地500英亩，是一个泰式乡村风格的休闲兼渡假公园，由泰国华人富豪王金亮先生出资建造的东芭乐园及热带植物园，是芭提雅最受欢迎的景点之一。在这里，旅行者们可以在最短的时间内，了解到泰国丰富多彩的无数面，如欣赏泰国传统的舞蹈、拳术表演，了解传统的泰国民族民俗文化；近距离欣赏憨态可掬的大象表演，同时体验骑大象。当然，这里的主角还有精巧的园林区和原自热带丛林的奇花异草。花园式的景区，既是游人休闲 放松的公园，也是植物科学研究的最好场所。
+                酒店早餐后，乘车前往【杜拉拉水上四季村】，水上四季村市场是电影《杜拉拉升职记》的取景点之一，因此而得名，其实他正式的名字叫做四方水上市场，是模拟还原泰国沿河而居的民俗，这里有琳琅满目的小商品和路边美食，在这里可以游船体验泰式水上市场的趣味，也可以沿着河岸的小摊悠哉的闲逛，是芭提雅的必打卡的地方。
                 <w:br/>
                 随后前往【King Power Duty Free】此为泰国最大的免税商店，泰国机场免税店也属 其独家经营，客户在曼谷市区购买即可在机场直接取货，您可在此买到泰国时尚和手工制品以及世界顶级豪华商品。
                 <w:br/>
-                后乘车返回曼谷（车程约 2 小时），前往码头，乘坐【昭帕耶公主号游船夜游湄南河】 湄南河又名昭披耶河，有泰国“河流之母”之称。天色渐暗，华灯初上，穿梭在河面上的观光游船纷纷出航，夜晚的湄南河有与白日截然不同的另一种风情。夜游湄南河是来泰国不可错过的体验之一。 LIVE 演出泰国的老字号游船，现场更有爵士乐歌手驻场，游客也可以伴随着音乐一览曼谷标志性景点，惬意欣赏沿途美景。享用地道泰式料理与各国佳肴构成的无限量海鲜自助晚餐，欣赏湄南河两岸风光。
+                后乘车返回曼谷（车程约 2 小时），前往码头，乘坐【昭帕耶公主号游船游湄南河】 湄南河又名昭披耶河，有泰国“河流之母”之称。天色渐暗，华灯初上，穿梭在河面上的观光游船纷纷出航，傍晚的湄南河有与白日截然不同的另一种风情。 LIVE 演出泰国的老字号游船，现场更有爵士乐歌手驻场，游客也可以伴随着音乐一览曼谷标志性景点，惬意欣赏沿途美景。享用地道泰式料理与各国佳肴构成的无限量海鲜自助晚餐，欣赏湄南河两岸风光。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">用餐</w:t>
@@ -1324,51 +1322,51 @@
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">住宿</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">曼谷拉差达瑞士酒店</w:t>
+              <w:t xml:space="preserve">曼谷双子塔酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10500" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1570,51 +1568,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、住宿：住宿酒店(以两人一间为标准) 
                 <w:br/>
-                2、用餐： 安排 5 正 5 早，酒店含早；
+                2、用餐： 安排 4 正 5 早，酒店含早；
                 <w:br/>
                 3、交通：全程国际机票及全程机场税、离境税、燃油附加费；当地全程旅游观光巴士；
                 <w:br/>
                 4、门票：行程表内所列的景点；
                 <w:br/>
                 5、导游： 当地持有导游资格证书的专业导游优质服务；
                 <w:br/>
                 6、保险： 含当地旅行社责任险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1637,52 +1635,50 @@
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、导游小费：全程导游服务费共300元/人（现付领队）；
                 <w:br/>
                 2、如遇单男或单女，我司尽量安排客人拼住，如客人不同意拼住或无法拼住成功，则需要补单房差 1000 元/人；
                 <w:br/>
                 3、非中国大陆护照加收附加费500元/人，签证自理；
                 <w:br/>
                 4、保险：全程不含旅游意外保险(建议客人提前自行购买)；
                 <w:br/>
                 5、行程包含以外的个人消费项目，自费项目；
                 <w:br/>
                 6、航空公司临时通知增加的燃油附加费；
-                <w:br/>
-                7、购物：全程安排0个购物店。某些景区内部可能有商店、特产店、士多店，中途休息站土特产、免税店等等，不属于本行程安排的购物店范畴，敬请知须！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1969,51 +1965,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-18</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>