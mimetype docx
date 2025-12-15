--- v0 (2025-10-03)
+++ v1 (2025-12-15)
@@ -15,51 +15,51 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ZH01-B珠海观光纯玩 1 日游（B线）行程单</w:t>
+        <w:t xml:space="preserve">ZH02珠海观光1日游（B线）登蓝海豚岛行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">系列团</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -510,170 +510,157 @@
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">
                 深圳—情侣路—日月贝—珠海渔女—香炉湾畔—城市阳台—石景山旅游—自助午餐—港珠澳大桥蓝海豚岛—珠海公路口岸返程
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                集合地点①：6：50 大剧院地铁站 B 口
-[...69 lines deleted...]
-                自行前往九州港码头自费乘船或选择其他方式返程)。
+                【深圳出发】
+                <w:br/>
+                06:30 深圳大剧院（地铁B出口）
+                <w:br/>
+                07:00深大北门（往南头方向公交车站，人行天桥下）
+                <w:br/>
+                07:10宝安中心地铁站D出口
+                <w:br/>
+                <w:br/>
+                【广州出发】	
+                <w:br/>
+                06:20	广州越秀区海珠广场华夏大酒店门口
+                <w:br/>
+                06:40	广州天河区冼村地铁站（18号线地铁“冼村”站G出口）
+                <w:br/>
+                07:20	广州番禺基盛万科大厦楼下（18号线地铁“番禺广场”站E出口，直行200米左右）
+                <w:br/>
+                <w:br/>
+                约8:30左右行经深中通道（车观，不可下车停留）
+                <w:br/>
+                深中通道：24公里世界级跨海工程，集桥、岛、隧于一体，创多项世界之最！1666米最大悬索桥、26层通航高度、八车道海底隧道，彰显中国基建巅峰！（如遇交通管制或大节假日大塞车，改走其他桥梁，无费用可退）
+                <w:br/>
+                ▶约9：00日月贝-珠海大剧院（外观）
+                <w:br/>
+                【珠海日月贝】即珠海大剧院，位于珠海市香洲区野狸岛海滨，是中国唯一建设在海岛上的歌剧院。其独特的造型灵感来源于贝壳，由一大一小两组贝壳组成，象征着珠海的海洋文化。“珠生于贝，贝生于海”，与珠海城市品味一脉相承，建成之后日月贝白天呈现半通透效果，一到夜晚则像月光一样晶莹剔透，无论是白天或黑夜，从哪个角度欣赏，都将是一件杰出的艺术品。
+                <w:br/>
+                ▶珠海情侣路（车游）
+                <w:br/>
+                【情侣路】是世界上最长的海滨观光路,被誉为珠海的“万里长城”，它右依高山大厦，左临碧海归帆，行走在情侣路上，感受滨海城市的活力与惬意
+                <w:br/>
+                ▶珠海渔女像/香炉湾畔/城市阳台
+                <w:br/>
+                【珠海渔女】是珠海市的标志性建筑之一。雕像高8.7米，重10吨，由花岗岩雕刻而成，展现了渔女手捧明珠眺望远方的美丽形象。【香炉湾畔】位于珠海渔女旁半月形的海湾沙滩，上百米宽的金色沙滩，绵延三里蔚为壮观。【城市阳台】所爱隔山海，山海亦相连。是情侣路“一带九湾”上的璀璨明珠。这里有碧海银滩、绿水青山、四季繁花，这里能登高望远、亲海嬉戏、悠闲饮茶。
+                <w:br/>
+                ▶景山公园
+                <w:br/>
+                石景山以千奇百怪的石景而闻名，山上怪石起伏跌岩（可自费登山索道缆车，80/人，不强制）。登临山顶公园，这里是整个珠海最高、最大的观光休闲平台，极目所至：北晀香港，南望澳门，放眼绿树成荫的珠海全貌，俯瞰近在咫尺的“香炉”、“渔女”和玉珠滴翠、蜿蜒海边的“情侣路”，置身如画美景使人倍感"浪漫之城"现代而浪漫的气息。
+                <w:br/>
+                ★粤海酒店旋转餐厅自助午餐 
+                <w:br/>
+                珠海最高餐厅29楼，同时也是广东爱国主义教育基地，邓小平第一次南巡指定用餐单位，每天不同美食菜品（具体以餐厅出餐为主），该餐厅每一个小时旋转一圈，一边品着美食一边欣赏能看澳门珠海景色。（如遇大节假日或餐厅人员分流，改为同等餐标享用围餐！）
+                <w:br/>
+                ▶港珠澳大桥蓝海豚岛（含门票，全程约140分钟）
+                <w:br/>
+                港珠澳大桥作为连接粤港澳三地的超级工程，已成为粤港澳大湾区的地标性建 筑，也是伶仃洋上一道亮丽的风景线。登上蓝海豚岛，站在这个采用“蚝贝”造型，吸收“骑楼”元素，拥有世界最大的海工清水混凝土建筑群，驻足“世界第七大奇迹”港珠澳大桥，您可近距离观赏“风帆” 造型的九洲桥、“海豚”造型的江海桥、“中国结”造型的青州桥三座通航孔桥，还可能偶遇有“海上大 熊猫”之称的中华白海豚。同时，别忘了打卡具有特殊意义的“120 级阶梯”，感受建设者勇创世界一流的民族志气。（逢周一闭岛）
+                <w:br/>
+                ▶约17：00送返港珠澳大桥珠海公路口岸，结束愉快旅程
+                <w:br/>
+                ***行程、景点、用餐、游览顺序、游览时间仅提供参考标准，具体以导游视天气及当天情况实际安排为准***
+                <w:br/>
+                ▶温馨提示
+                <w:br/>
+                珠海公路口岸回深圳区间为接驳大巴，深圳指定下客点①东莞长安美汇名家停车场，②深大北门公交车站2，③大剧院地铁站E出口，
+                <w:br/>
+                约 21:30 点左右抵达深圳，如遇旺季节假日周末或其他不可抗力因素会延迟抵达时间，如介意可放弃此回程，可自行前往九州港码头自费乘船或选择其他方式返程)。
+                <w:br/>
+                <w:br/>
+                珠海公路口岸回广州区间为接驳大巴，广州指定下客点：①广州番禺罗家牌坊、②黄埔大道暨南大学南门、③海珠广场华厦大酒店门口
+                <w:br/>
+                （注：珠海公路口岸等上齐客人才发车（等候时间约0.5-1小时左右），平日抵达广州约20：00左右，遇周末、节假日、旺季或其他不可抗力因素到达时间会有所延迟，如介意的，可另行选择其他交通工具返回温馨的家。）
                 <w:br/>
                 交通：旅游巴士
-                <w:br/>
-                景点：情侣路—日月贝—珠海渔女—香炉湾畔—城市阳台—石景山旅游 圆明新园—港珠澳大桥蓝海豚岛
                 <w:br/>
                 到达城市：珠海市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">用餐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：旋转餐厅自助午餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：无     午餐：旋转餐厅自助午餐     晚餐：无   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">住宿</w:t>
             </w:r>
           </w:p>
@@ -743,112 +730,106 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                景点：行程表内所列的景点第一道门票
-[...9 lines deleted...]
-                旅行社责任险（不含个人意外险）
+                1.景点: 行程表内所列的景点第一道门票 
+                <w:br/>
+                2.用餐: 1正餐
+                <w:br/>
+                3.交通: 空调旅游巴士；
+                <w:br/>
+                4.导游：珠海导游讲解服务（含小费） 
+                <w:br/>
+                5.保险：旅行社责任险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...3 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">1、行程外产生的私人费用</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -875,156 +856,132 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、报名时间：此线路涉及蓝海豚岛，请携带身份证出游（外国护照不收），报名至少提前 3-5 天以上，
-[...51 lines deleted...]
-                9、旅游意外险：此行程不含旅游意外险，涉及出境，为了安全保障，强烈建议游客出行前自行购买旅游意外险！
+                1、拼团说明：本线路为散客拼团，团友可能来自不同地域、参加不同线路，会更换导游，不影响正常游览。 
+                <w:br/>
+                2、预订说明：预订时务必提供准确完整的信息（姓名、性别、证件号码、联系方式）， 以免预订错误，影响出行。 
+                <w:br/>
+                3、年龄说明：未成年人（18 周岁以下）和长者（65-74 周岁）须有成人（18-64 周岁）陪同出游，长者须签订《免责书》  
+                <w:br/>
+                4、集合说明：此为散拼团队，请注意导游宣布的注意事项、集合时间、地点，认清楚游览车的号码，务必准时集中，请在约定时间到达上车点集合，切勿迟到，以免耽误行程和影响其他游客。如因迟到导致无法随车游览，责任及费用自负，敬请谅解。 
+                <w:br/>
+                5、行程安排：行程中标注的时间可能因堵车、排队、海关、集会、路况、天气等特殊情况有所调整；行程中所包含的景点属于打包销售，个别景点因人流限制、景区检修、交通管制等原因造成无法前往的可退景区门票（免费景点无费用可退）； 如遇不可抗力因素如地震、台风、罢工或航班延误等原因造成行程延误或不能完成景点游览，旅行社不承担责任；自由活动期间不含任何服务，请注意人身和财产安全！ 
+                <w:br/>
+                6、其他项目：行程中的赠送项目不参与无任何退费。自费增加项目，属个人自愿行为，与旅行社无关。 
+                <w:br/>
+                7、不可抗力：接待过程中，因不可抗力因素（如交通、天气、当地政策等）造成额外费用，游客自行承担。 
+                <w:br/>
+                8、脱团离团：旅游者在出游中未经旅行社同意自行离团不归的，视为单方脱团离团，未完成部分不退任何费用，离团或脱团后可能发生的任何意外须自行承担责任。 
+                <w:br/>
+                9、出行证件：报名本线路,所有出行人都须携带身份证原件，并妥善保管。 
+                <w:br/>
+                10、旅行社责任险：本社已依法投保旅行社责任险，保险范围限于因本社过错造成的损失，具体以保单约定为准。
+                <w:br/>
+                11、旅游意外险：本产品不含旅游意外险，根据《旅游法》第六十一条规定，强烈建议游客自行购买涵盖旅行全程的意外伤害保险。（心脏病、高血压、糖尿病、心肌梗塞、精神病、癫痫病、先天性疾病等特殊疾病患者（详见附件《疾病目录》），建议咨询专业保险机构购买针对性保险产品）。游玩过程中，因公共交通、餐饮、住宿等第三方服务提供者给游客造成的损失，本社全力协助游客向责任方索赔，但不承担客人的损失。因自然灾害、政府行为等不可抗力造成的损失，按《旅游法》第六十七条处理。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、健康及药品：旅游大巴酒店空调温度较低，建议可携带保暖衣物，可携带准备一些常用药品，如感冒药、晕车药等，以防万一。
-[...5 lines deleted...]
-                3、通知时间：领队最晚在出行前 1 天 22 点左右以微信或电话形式通知游客，请保持手机畅通并通过微信验证。
+                1、健康提醒：建议自带常备药（如感冒、晕车、中暑、防蚊虫叮咬药物等）；个人疾病用药（如控血糖、控血压，哮喘，抗过敏药等）务必随身携带勿离身。港澳区旅游大巴及室内公共区冷气太足，就算夏季也要携带披肩/长袖上衣防风防晒保暖。 
+                <w:br/>
+                2、餐饮说明： 
+                <w:br/>
+                *旅游团队用餐，旅行社按承诺标准确保餐饮卫生及餐食数量，但不同地区餐食口味有差异，不一定满足您的口味需求，敬请谅解。 
+                <w:br/>
+                *中式围餐默认 10-12 人一桌，如人数超出或低于此范围菜品会相应增减。 
+                <w:br/>
+                3、购物提示：
+                <w:br/>
+                购物请选择正规商场及连锁店购买，根据自身需要，理性消费并保留必要票据；行程中有些餐厅、酒店及景区出口的卖场或商铺，均不属于旅行社或导游安排的购物场所 
+                <w:br/>
+                4、安全提醒：自由活动期间因无导游陪同，游客需对自己人身、财产负责并请妥善保管自己的贵重物品，注意安全，遵守当地交通规则（绝对禁止非法横穿马路）。一切贵重物品（包括通行证、身份证、现金、银行卡等）必须随身携带，并妥善保管，不可放在车上，以防不测，如有遗失，本公司概不承担赔偿责任 
+                <w:br/>
+                5、遵纪守法：遵守当地风俗习惯，不要随地扔纸屑、烟头、吐痰；不要在公共场所、酒店、旅游车上吸烟，在旅游过程中注意安全。旅游期间不得参与黄、赌、毒的行为，否则发生的一切后果均与旅行社无关。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1065,51 +1022,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>